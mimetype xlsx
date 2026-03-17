--- v0 (2025-10-06)
+++ v1 (2026-03-17)
@@ -1,91 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cmontagnier\Documents\ECOSYS Saclay\SOERE PRO\Site web ValorPRO (EZ PLATFORM)\Mises à jour\SOERE PRO\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{441E4B73-687F-4371-9597-6338996AC04D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D1505BF7-2621-4B2B-8886-84E54084105B}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11505" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Projets MAJ2025" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Projets MAJ2025'!$A$1:$H$24</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
-    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
-[...7 lines deleted...]
-    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A45" i="4" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="352" uniqueCount="203">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="377" uniqueCount="217">
   <si>
     <t>Objet</t>
   </si>
   <si>
     <t>Nom</t>
   </si>
   <si>
     <t>Projet recherche</t>
   </si>
   <si>
     <t>Financement</t>
   </si>
   <si>
     <t>Site(s) du SOERE PRO</t>
   </si>
   <si>
     <t>QualiAgro</t>
   </si>
   <si>
     <t>ADEME</t>
   </si>
   <si>
     <t>ANR</t>
   </si>
   <si>
@@ -481,69 +472,63 @@
   <si>
     <t>Approche intégrée / spatialisation / modélisation</t>
   </si>
   <si>
     <t>MO (dynamique C, N , P)</t>
   </si>
   <si>
     <t>Biologie du sol</t>
   </si>
   <si>
     <t>Physique du sol</t>
   </si>
   <si>
     <t>Emissions gazeuzes, GES, COV</t>
   </si>
   <si>
     <t>Ecotoxicologie</t>
   </si>
   <si>
     <t>PEPR FairCorboN</t>
   </si>
   <si>
     <t>Horizon 2020 - Partnership</t>
   </si>
   <si>
-    <t>Réseau national - s données, métrologie et questions scientifiques</t>
-[...1 lines deleted...]
-  <si>
     <t>PEPR OneWater -  Défi 6 (partage des données) et PC8 (Plateforme de données Onewater)</t>
   </si>
   <si>
     <t>Climate Smart Management for Resilient European Cropping System. Managing soils in the context of climate change: understanding impacts on C, N and P cycling and greenhouse gas emissions and removals, using data derived from LTEs and benchmark farms</t>
   </si>
   <si>
     <t>Financement propre</t>
   </si>
   <si>
     <t>DFG, German Research Fondation, Initiative to Establish a Priority Programme (PP)</t>
   </si>
   <si>
     <t>Horizon Europe</t>
-  </si>
-[...1 lines deleted...]
-    <t>2024-?</t>
   </si>
   <si>
     <t>La Réunion</t>
   </si>
   <si>
     <t>ACV ECOTOMIX</t>
   </si>
   <si>
     <t>AGROECOSOL</t>
   </si>
   <si>
     <t>QualiAgro, PROspective, La Réunion</t>
   </si>
   <si>
     <t>AGROLIBS</t>
   </si>
   <si>
     <t>ANAEE-SAT</t>
   </si>
   <si>
     <t>BIONATURA</t>
   </si>
   <si>
     <t>CARBOSEQ</t>
   </si>
@@ -634,94 +619,143 @@
   <si>
     <t>Modélisation et  la cartographie de la biodiversité et des fonctions associées ; campagne de prélèvement réalisée  en octobre 2022. coord. G. Peres, UMR SAS Rennes</t>
   </si>
   <si>
     <t>NANOSOILC</t>
   </si>
   <si>
     <t>ORGANIC MATTER (SoilSystems - phase 1 and 2)</t>
   </si>
   <si>
     <t>PERFLUORES (phase 1)</t>
   </si>
   <si>
     <t>PERFLUORES (phase 2)</t>
   </si>
   <si>
     <t>QualiAgro, PROspective, La Réunion, Couhins, Bouzule</t>
   </si>
   <si>
     <t>PHOSPHORUS (Redox P Release)</t>
   </si>
   <si>
     <t>PLASTISOL</t>
   </si>
   <si>
-    <t xml:space="preserve">PROJET CIBLE « Anticipation », réseau lysimétrique français </t>
-[...1 lines deleted...]
-  <si>
     <t>QUALIAGRO</t>
   </si>
   <si>
     <t>QUASAGRO</t>
   </si>
   <si>
     <t>SOILMAN</t>
   </si>
   <si>
     <t>SOLEBIOM</t>
   </si>
   <si>
     <t>STOCHIOMETRIE</t>
   </si>
   <si>
     <t>STORESOIL C</t>
   </si>
   <si>
     <t>TOUHR-DRONAE</t>
   </si>
   <si>
     <t>Collaboration bilatérale INRAE/Université de Montréal</t>
   </si>
   <si>
     <t>Nouzilly (MetaMetha)</t>
   </si>
   <si>
     <t>PROspective, EFELE, Nouzilly (MetaMetha)</t>
   </si>
   <si>
     <t>CLIMATECROPPING</t>
   </si>
   <si>
     <t>Guide de bonnes pratiques d’utilisation des digestats de méthanisation pour maximiser leurs intérêts agronomiques et limiter les impacts sur les fertilités chimique, physique et biologique des sols</t>
+  </si>
+  <si>
+    <t>2026?</t>
+  </si>
+  <si>
+    <t>KU Leuven University</t>
+  </si>
+  <si>
+    <t>Projet Cible « Anticipation », réseau lysimétrique français Flynet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Réseau national - données, métrologie et questions scientifiques dont l'objectif est de documenter la recharge des eaux souterraines en France. </t>
+  </si>
+  <si>
+    <t>QualiAgro, Prospective, EFELE, La Réunion</t>
+  </si>
+  <si>
+    <t>PFAS, résidus pharmaceutiques, microplastiques</t>
+  </si>
+  <si>
+    <t>VolatN</t>
+  </si>
+  <si>
+    <t>FluorAgro</t>
+  </si>
+  <si>
+    <t>HOLOPRO</t>
+  </si>
+  <si>
+    <t>Flux de contaminants associés à la valorisation agricole des boues d’épuration urbaine ; comparaison 
+avec d’autres filières de retour au sol</t>
+  </si>
+  <si>
+    <t>Caractérisation de potentiels d’émissions gazeuses des engrais azotés en vue de constituer un référentiel</t>
+  </si>
+  <si>
+    <t>PFAS dans les sols agricoles : quantifier la présence des PFAS dans les sols, mesurer leur absorption par les plantes et évaluer leur transfert vers les animaux et l’alimentation humaine. Coordination E. MICHEL (INRAE Avignon)</t>
+  </si>
+  <si>
+    <t>Lien entre microbiologie du sol et services écosystémiques. Coordination Pascal PIVETEAU (INRAE UR 1466 OPAALE Rennes)</t>
+  </si>
+  <si>
+    <t>AERM</t>
+  </si>
+  <si>
+    <t>PROspective</t>
+  </si>
+  <si>
+    <t>INRAE-UNIFA</t>
+  </si>
+  <si>
+    <t>Métaprogramme INRAE Holoflux</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="7" tint="-0.249977111117893"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -750,454 +784,581 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="21"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="21"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="14">
+  <borders count="20">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="double">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="double">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="double">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...2 lines deleted...]
-      <right style="thin">
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="double">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
+      <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="medium">
-[...1 lines deleted...]
-      </right>
+      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...117 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="62">
+  <cellXfs count="74">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...31 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
@@ -1446,1667 +1607,1773 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9345E452-9CAB-4881-8F9C-5D6F2C318E20}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I63"/>
+  <dimension ref="A1:I67"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="62" zoomScaleNormal="62" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="24.28515625" style="1" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="71" style="25" customWidth="1"/>
+    <col min="2" max="2" width="74.28515625" style="22" customWidth="1"/>
     <col min="3" max="3" width="132" style="1" customWidth="1"/>
     <col min="4" max="4" width="57.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="26.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.42578125" style="1" customWidth="1"/>
     <col min="7" max="7" width="107.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="71.42578125" style="2" bestFit="1" customWidth="1"/>
     <col min="9" max="16384" width="11.5703125" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" s="19" customFormat="1" ht="56.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="14" t="s">
+    <row r="1" spans="1:9" s="16" customFormat="1" ht="56.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="17" t="s">
+      <c r="B1" s="14" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="16" t="s">
+      <c r="C1" s="13" t="s">
         <v>29</v>
       </c>
-      <c r="D1" s="16" t="s">
+      <c r="D1" s="13" t="s">
         <v>36</v>
       </c>
-      <c r="E1" s="15" t="s">
+      <c r="E1" s="12" t="s">
         <v>32</v>
       </c>
-      <c r="F1" s="15" t="s">
+      <c r="F1" s="12" t="s">
         <v>33</v>
       </c>
       <c r="G1" s="15" t="s">
         <v>3</v>
       </c>
-      <c r="H1" s="18" t="s">
+      <c r="H1" s="48" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:9" s="20" customFormat="1" ht="70.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C2" s="26" t="s">
+    <row r="2" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="34" t="s">
+        <v>188</v>
+      </c>
+      <c r="C2" s="23" t="s">
         <v>51</v>
       </c>
-      <c r="D2" s="27" t="s">
+      <c r="D2" s="24" t="s">
         <v>43</v>
       </c>
       <c r="E2" s="6">
         <v>1998</v>
       </c>
-      <c r="F2" s="40">
+      <c r="F2" s="37">
         <v>2026</v>
       </c>
-      <c r="G2" s="6" t="s">
+      <c r="G2" s="53" t="s">
         <v>50</v>
       </c>
-      <c r="H2" s="11" t="s">
+      <c r="H2" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="I2" s="21"/>
-[...2 lines deleted...]
-      <c r="A3" s="29" t="s">
+      <c r="I2" s="18"/>
+    </row>
+    <row r="3" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-      <c r="D3" s="35"/>
+        <v>171</v>
+      </c>
+      <c r="C3" s="32"/>
+      <c r="D3" s="32"/>
       <c r="E3" s="7">
         <v>2015</v>
       </c>
-      <c r="F3" s="43">
+      <c r="F3" s="40">
         <v>2019</v>
       </c>
-      <c r="G3" s="10" t="s">
+      <c r="G3" s="54" t="s">
         <v>52</v>
       </c>
-      <c r="H3" s="12" t="s">
+      <c r="H3" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="I3" s="22"/>
-[...2 lines deleted...]
-      <c r="A4" s="29" t="s">
+      <c r="I3" s="19"/>
+    </row>
+    <row r="4" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-      <c r="D4" s="35"/>
+        <v>189</v>
+      </c>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
       <c r="E4" s="7">
         <v>2015</v>
       </c>
-      <c r="F4" s="43">
+      <c r="F4" s="40">
         <v>2019</v>
       </c>
-      <c r="G4" s="10" t="s">
+      <c r="G4" s="54" t="s">
         <v>54</v>
       </c>
-      <c r="H4" s="12" t="s">
+      <c r="H4" s="50" t="s">
         <v>55</v>
       </c>
-      <c r="I4" s="21"/>
-[...2 lines deleted...]
-      <c r="A5" s="29" t="s">
+      <c r="I4" s="18"/>
+    </row>
+    <row r="5" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>61</v>
       </c>
       <c r="D5" s="9" t="s">
         <v>38</v>
       </c>
       <c r="E5" s="6">
         <v>2016</v>
       </c>
-      <c r="F5" s="40">
+      <c r="F5" s="37">
         <v>2021</v>
       </c>
-      <c r="G5" s="6" t="s">
+      <c r="G5" s="53" t="s">
         <v>62</v>
       </c>
-      <c r="H5" s="11" t="s">
+      <c r="H5" s="49" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="6" spans="1:9" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="29" t="s">
+    <row r="6" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>60</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>43</v>
       </c>
       <c r="E6" s="6">
         <v>2016</v>
       </c>
-      <c r="F6" s="40">
+      <c r="F6" s="37">
         <v>2020</v>
       </c>
-      <c r="G6" s="6" t="s">
+      <c r="G6" s="53" t="s">
         <v>7</v>
       </c>
-      <c r="H6" s="11" t="s">
-[...5 lines deleted...]
-      <c r="A7" s="29" t="s">
+      <c r="H6" s="49" t="s">
+        <v>162</v>
+      </c>
+      <c r="I6" s="18"/>
+    </row>
+    <row r="7" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>65</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>47</v>
       </c>
       <c r="E7" s="6">
         <v>2016</v>
       </c>
-      <c r="F7" s="40">
+      <c r="F7" s="37">
         <v>2020</v>
       </c>
-      <c r="G7" s="6" t="s">
+      <c r="G7" s="53" t="s">
         <v>66</v>
       </c>
-      <c r="H7" s="11" t="s">
+      <c r="H7" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="I7" s="21"/>
-[...2 lines deleted...]
-      <c r="A8" s="29" t="s">
+      <c r="I7" s="18"/>
+    </row>
+    <row r="8" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="C8" s="35"/>
+      <c r="C8" s="32"/>
       <c r="D8" s="9" t="s">
         <v>41</v>
       </c>
       <c r="E8" s="7">
         <v>2016</v>
       </c>
-      <c r="F8" s="43">
+      <c r="F8" s="40">
         <v>2019</v>
       </c>
-      <c r="G8" s="10" t="s">
+      <c r="G8" s="54" t="s">
         <v>57</v>
       </c>
-      <c r="H8" s="12" t="s">
+      <c r="H8" s="50" t="s">
         <v>58</v>
       </c>
-      <c r="I8" s="21"/>
-[...2 lines deleted...]
-      <c r="A9" s="29" t="s">
+      <c r="I8" s="18"/>
+    </row>
+    <row r="9" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="C9" s="35"/>
+        <v>175</v>
+      </c>
+      <c r="C9" s="32"/>
       <c r="D9" s="9" t="s">
         <v>47</v>
       </c>
       <c r="E9" s="7">
         <v>2016</v>
       </c>
-      <c r="F9" s="43">
+      <c r="F9" s="40">
         <v>2019</v>
       </c>
-      <c r="G9" s="10" t="s">
+      <c r="G9" s="54" t="s">
         <v>6</v>
       </c>
-      <c r="H9" s="12" t="s">
+      <c r="H9" s="50" t="s">
         <v>5</v>
       </c>
-      <c r="I9" s="21"/>
-[...2 lines deleted...]
-      <c r="A10" s="29" t="s">
+      <c r="I9" s="18"/>
+    </row>
+    <row r="10" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="C10" s="35"/>
+        <v>191</v>
+      </c>
+      <c r="C10" s="32"/>
       <c r="D10" s="9" t="s">
         <v>44</v>
       </c>
       <c r="E10" s="7">
         <v>2016</v>
       </c>
-      <c r="F10" s="43">
+      <c r="F10" s="40">
         <v>2019</v>
       </c>
-      <c r="G10" s="10" t="s">
+      <c r="G10" s="54" t="s">
         <v>67</v>
       </c>
-      <c r="H10" s="12" t="s">
+      <c r="H10" s="50" t="s">
         <v>53</v>
       </c>
-      <c r="I10" s="21"/>
-[...2 lines deleted...]
-      <c r="A11" s="29" t="s">
+      <c r="I10" s="18"/>
+    </row>
+    <row r="11" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>44</v>
       </c>
       <c r="E11" s="6">
         <v>2017</v>
       </c>
-      <c r="F11" s="40">
+      <c r="F11" s="37">
         <v>2022</v>
       </c>
-      <c r="G11" s="6" t="s">
+      <c r="G11" s="53" t="s">
         <v>7</v>
       </c>
-      <c r="H11" s="11" t="s">
+      <c r="H11" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="I11" s="21"/>
-[...2 lines deleted...]
-      <c r="A12" s="29" t="s">
+      <c r="I11" s="18"/>
+    </row>
+    <row r="12" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>44</v>
       </c>
       <c r="E12" s="6">
         <v>2017</v>
       </c>
-      <c r="F12" s="40">
+      <c r="F12" s="37">
         <v>2021</v>
       </c>
-      <c r="G12" s="6" t="s">
+      <c r="G12" s="53" t="s">
         <v>69</v>
       </c>
-      <c r="H12" s="11" t="s">
-[...5 lines deleted...]
-      <c r="A13" s="29" t="s">
+      <c r="H12" s="49" t="s">
+        <v>196</v>
+      </c>
+      <c r="I12" s="18"/>
+    </row>
+    <row r="13" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>72</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>47</v>
       </c>
       <c r="E13" s="6">
         <v>2017</v>
       </c>
-      <c r="F13" s="40">
+      <c r="F13" s="37">
         <v>2021</v>
       </c>
-      <c r="G13" s="6" t="s">
+      <c r="G13" s="53" t="s">
         <v>73</v>
       </c>
-      <c r="H13" s="11" t="s">
+      <c r="H13" s="49" t="s">
         <v>74</v>
       </c>
-      <c r="I13" s="21"/>
-[...2 lines deleted...]
-      <c r="A14" s="29" t="s">
+      <c r="I13" s="18"/>
+    </row>
+    <row r="14" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>70</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="6">
         <v>2017</v>
       </c>
-      <c r="F14" s="40">
+      <c r="F14" s="37">
         <v>2020</v>
       </c>
-      <c r="G14" s="6" t="s">
+      <c r="G14" s="53" t="s">
         <v>7</v>
       </c>
-      <c r="H14" s="11" t="s">
-[...5 lines deleted...]
-      <c r="A15" s="29" t="s">
+      <c r="H14" s="49" t="s">
+        <v>151</v>
+      </c>
+      <c r="I14" s="18"/>
+    </row>
+    <row r="15" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>75</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>38</v>
       </c>
       <c r="E15" s="6">
         <v>2017</v>
       </c>
-      <c r="F15" s="40">
+      <c r="F15" s="37">
         <v>2020</v>
       </c>
-      <c r="G15" s="6" t="s">
+      <c r="G15" s="53" t="s">
         <v>76</v>
       </c>
-      <c r="H15" s="11" t="s">
+      <c r="H15" s="49" t="s">
         <v>8</v>
       </c>
-      <c r="I15" s="21"/>
-[...2 lines deleted...]
-      <c r="A16" s="29" t="s">
+      <c r="I15" s="18"/>
+    </row>
+    <row r="16" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>79</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>38</v>
       </c>
       <c r="E16" s="6">
         <v>2018</v>
       </c>
-      <c r="F16" s="40">
+      <c r="F16" s="37">
         <v>2021</v>
       </c>
-      <c r="G16" s="6" t="s">
+      <c r="G16" s="53" t="s">
         <v>7</v>
       </c>
-      <c r="H16" s="11" t="s">
+      <c r="H16" s="49" t="s">
         <v>8</v>
       </c>
-      <c r="I16" s="21"/>
-[...2 lines deleted...]
-      <c r="A17" s="29" t="s">
+      <c r="I16" s="18"/>
+    </row>
+    <row r="17" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>43</v>
       </c>
       <c r="E17" s="6">
         <v>2018</v>
       </c>
-      <c r="F17" s="40">
+      <c r="F17" s="37">
         <v>2021</v>
       </c>
-      <c r="G17" s="6" t="s">
+      <c r="G17" s="53" t="s">
         <v>81</v>
       </c>
-      <c r="H17" s="11" t="s">
+      <c r="H17" s="49" t="s">
         <v>82</v>
       </c>
-      <c r="I17" s="21"/>
-[...5 lines deleted...]
-      <c r="B18" s="57" t="s">
+      <c r="I17" s="18"/>
+    </row>
+    <row r="18" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="45" t="s">
+        <v>2</v>
+      </c>
+      <c r="B18" s="46" t="s">
         <v>83</v>
       </c>
-      <c r="C18" s="46" t="s">
+      <c r="C18" s="42" t="s">
         <v>84</v>
       </c>
-      <c r="D18" s="58" t="s">
+      <c r="D18" s="47" t="s">
         <v>38</v>
       </c>
-      <c r="E18" s="46">
+      <c r="E18" s="42">
         <v>2018</v>
       </c>
-      <c r="F18" s="48">
+      <c r="F18" s="43">
         <v>2021</v>
       </c>
-      <c r="G18" s="46" t="s">
+      <c r="G18" s="55" t="s">
         <v>85</v>
       </c>
-      <c r="H18" s="13" t="s">
+      <c r="H18" s="51" t="s">
         <v>8</v>
       </c>
-      <c r="I18" s="21"/>
-[...2 lines deleted...]
-      <c r="A19" s="29" t="s">
+      <c r="I18" s="18"/>
+    </row>
+    <row r="19" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>92</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>44</v>
       </c>
       <c r="E19" s="6">
         <v>2019</v>
       </c>
-      <c r="F19" s="40">
+      <c r="F19" s="37">
         <v>2021</v>
       </c>
-      <c r="G19" s="6" t="s">
+      <c r="G19" s="53" t="s">
         <v>6</v>
       </c>
-      <c r="H19" s="11" t="s">
+      <c r="H19" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="I19" s="21"/>
-[...2 lines deleted...]
-      <c r="A20" s="29" t="s">
+      <c r="I19" s="18"/>
+    </row>
+    <row r="20" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="D20" s="35"/>
+      <c r="D20" s="32"/>
       <c r="E20" s="6">
         <v>2019</v>
       </c>
-      <c r="F20" s="40">
+      <c r="F20" s="37">
         <v>2020</v>
       </c>
-      <c r="G20" s="6" t="s">
+      <c r="G20" s="53" t="s">
         <v>88</v>
       </c>
-      <c r="H20" s="11" t="s">
+      <c r="H20" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="I20" s="21"/>
-[...2 lines deleted...]
-      <c r="A21" s="29" t="s">
+      <c r="I20" s="18"/>
+    </row>
+    <row r="21" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>93</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>47</v>
       </c>
       <c r="E21" s="6">
         <v>2019</v>
       </c>
-      <c r="F21" s="40">
+      <c r="F21" s="37">
         <v>2020</v>
       </c>
-      <c r="G21" s="34"/>
-[...4 lines deleted...]
-      <c r="A22" s="29" t="s">
+      <c r="G21" s="56"/>
+      <c r="H21" s="52"/>
+      <c r="I21" s="18"/>
+    </row>
+    <row r="22" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>86</v>
       </c>
-      <c r="C22" s="35"/>
+      <c r="C22" s="32"/>
       <c r="D22" s="9" t="s">
         <v>47</v>
       </c>
       <c r="E22" s="7">
         <v>2019</v>
       </c>
-      <c r="F22" s="43">
+      <c r="F22" s="40">
         <v>2019</v>
       </c>
-      <c r="G22" s="52"/>
-      <c r="H22" s="12" t="s">
+      <c r="G22" s="57"/>
+      <c r="H22" s="50" t="s">
         <v>74</v>
       </c>
-      <c r="I22" s="21"/>
-[...5 lines deleted...]
-      <c r="B23" s="37" t="s">
+      <c r="I22" s="18"/>
+    </row>
+    <row r="23" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="B23" s="34" t="s">
         <v>89</v>
       </c>
-      <c r="C23" s="31" t="s">
+      <c r="C23" s="28" t="s">
         <v>90</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>40</v>
       </c>
       <c r="E23" s="5">
         <v>2019</v>
       </c>
-      <c r="F23" s="41">
+      <c r="F23" s="38">
         <v>2019</v>
       </c>
-      <c r="G23" s="35"/>
-      <c r="H23" s="11" t="s">
+      <c r="G23" s="58"/>
+      <c r="H23" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="I23" s="21"/>
-[...8 lines deleted...]
-      <c r="C24" s="31" t="s">
+      <c r="I23" s="18"/>
+    </row>
+    <row r="24" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="B24" s="34" t="s">
+        <v>159</v>
+      </c>
+      <c r="C24" s="28" t="s">
         <v>91</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>39</v>
       </c>
       <c r="E24" s="5">
         <v>2019</v>
       </c>
-      <c r="F24" s="41">
+      <c r="F24" s="38">
         <v>2019</v>
       </c>
-      <c r="G24" s="35"/>
-      <c r="H24" s="11" t="s">
+      <c r="G24" s="58"/>
+      <c r="H24" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="I24" s="21"/>
-[...2 lines deleted...]
-      <c r="A25" s="29" t="s">
+      <c r="I24" s="18"/>
+    </row>
+    <row r="25" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>35</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>43</v>
       </c>
       <c r="E25" s="6">
         <v>2020</v>
       </c>
-      <c r="F25" s="40">
+      <c r="F25" s="37">
         <v>2024</v>
       </c>
-      <c r="G25" s="6" t="s">
-[...7 lines deleted...]
-      <c r="A26" s="29" t="s">
+      <c r="G25" s="53" t="s">
+        <v>195</v>
+      </c>
+      <c r="H25" s="49" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>42</v>
       </c>
       <c r="E26" s="6">
         <v>2020</v>
       </c>
-      <c r="F26" s="40">
+      <c r="F26" s="37">
         <v>2023</v>
       </c>
-      <c r="G26" s="6" t="s">
+      <c r="G26" s="53" t="s">
         <v>18</v>
       </c>
-      <c r="H26" s="11" t="s">
+      <c r="H26" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="I26" s="21"/>
-[...2 lines deleted...]
-      <c r="A27" s="29" t="s">
+      <c r="I26" s="18"/>
+    </row>
+    <row r="27" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="C27" s="26" t="s">
+      <c r="C27" s="23" t="s">
         <v>49</v>
       </c>
-      <c r="D27" s="27" t="s">
+      <c r="D27" s="24" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="6">
         <v>2021</v>
       </c>
-      <c r="F27" s="40">
+      <c r="F27" s="37">
         <v>2026</v>
       </c>
-      <c r="G27" s="6" t="s">
+      <c r="G27" s="53" t="s">
         <v>7</v>
       </c>
-      <c r="H27" s="11" t="s">
-[...5 lines deleted...]
-      <c r="A28" s="29" t="s">
+      <c r="H27" s="49" t="s">
+        <v>196</v>
+      </c>
+      <c r="I27" s="18"/>
+    </row>
+    <row r="28" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="C28" s="26" t="s">
+        <v>152</v>
+      </c>
+      <c r="C28" s="23" t="s">
         <v>27</v>
       </c>
-      <c r="D28" s="27" t="s">
+      <c r="D28" s="24" t="s">
         <v>138</v>
       </c>
       <c r="E28" s="6">
         <v>2021</v>
       </c>
-      <c r="F28" s="40">
+      <c r="F28" s="37">
         <v>2024</v>
       </c>
-      <c r="G28" s="6" t="s">
+      <c r="G28" s="53" t="s">
         <v>6</v>
       </c>
-      <c r="H28" s="11" t="s">
-[...11 lines deleted...]
-      <c r="C29" s="26" t="s">
+      <c r="H28" s="49" t="s">
+        <v>154</v>
+      </c>
+      <c r="I28" s="18"/>
+    </row>
+    <row r="29" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="B29" s="34" t="s">
+        <v>158</v>
+      </c>
+      <c r="C29" s="23" t="s">
         <v>101</v>
       </c>
-      <c r="D29" s="27" t="s">
+      <c r="D29" s="24" t="s">
         <v>139</v>
       </c>
       <c r="E29" s="6">
         <v>2021</v>
       </c>
-      <c r="F29" s="40">
+      <c r="F29" s="37">
         <v>2024</v>
       </c>
-      <c r="G29" s="6" t="s">
+      <c r="G29" s="53" t="s">
         <v>15</v>
       </c>
-      <c r="H29" s="11" t="s">
+      <c r="H29" s="49" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="30" spans="1:9" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="29" t="s">
+    <row r="30" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="C30" s="26" t="s">
+        <v>164</v>
+      </c>
+      <c r="C30" s="23" t="s">
         <v>26</v>
       </c>
-      <c r="D30" s="27" t="s">
+      <c r="D30" s="24" t="s">
         <v>139</v>
       </c>
       <c r="E30" s="6">
         <v>2021</v>
       </c>
-      <c r="F30" s="40">
+      <c r="F30" s="37">
         <v>2024</v>
       </c>
-      <c r="G30" s="6" t="s">
+      <c r="G30" s="53" t="s">
         <v>15</v>
       </c>
-      <c r="H30" s="11" t="s">
+      <c r="H30" s="49" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="31" spans="1:9" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="29" t="s">
+    <row r="31" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="C31" s="26" t="s">
+        <v>174</v>
+      </c>
+      <c r="C31" s="23" t="s">
         <v>31</v>
       </c>
-      <c r="D31" s="27" t="s">
+      <c r="D31" s="24" t="s">
         <v>140</v>
       </c>
       <c r="E31" s="6">
         <v>2021</v>
       </c>
-      <c r="F31" s="40">
+      <c r="F31" s="37">
         <v>2024</v>
       </c>
-      <c r="G31" s="6" t="s">
+      <c r="G31" s="53" t="s">
         <v>131</v>
       </c>
-      <c r="H31" s="11" t="s">
+      <c r="H31" s="49" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="32" spans="1:9" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="29" t="s">
+    <row r="32" spans="1:9" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>202</v>
+        <v>167</v>
+      </c>
+      <c r="C32" s="29" t="s">
+        <v>199</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>47</v>
       </c>
       <c r="E32" s="6">
         <v>2021</v>
       </c>
-      <c r="F32" s="40">
+      <c r="F32" s="37">
         <v>2023</v>
       </c>
-      <c r="G32" s="6" t="s">
+      <c r="G32" s="53" t="s">
         <v>10</v>
       </c>
-      <c r="H32" s="11" t="s">
-[...4 lines deleted...]
-      <c r="A33" s="29" t="s">
+      <c r="H32" s="49" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>25</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>41</v>
       </c>
       <c r="E33" s="6">
         <v>2021</v>
       </c>
-      <c r="F33" s="40">
+      <c r="F33" s="37">
         <v>2023</v>
       </c>
-      <c r="G33" s="6" t="s">
+      <c r="G33" s="53" t="s">
         <v>13</v>
       </c>
-      <c r="H33" s="11" t="s">
+      <c r="H33" s="49" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="34" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="29" t="s">
+    <row r="34" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="C34" s="32" t="s">
+        <v>163</v>
+      </c>
+      <c r="C34" s="29" t="s">
         <v>96</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>40</v>
       </c>
       <c r="E34" s="6">
         <v>2021</v>
       </c>
-      <c r="F34" s="40">
+      <c r="F34" s="37">
         <v>2022</v>
       </c>
-      <c r="G34" s="6" t="s">
+      <c r="G34" s="53" t="s">
         <v>97</v>
       </c>
-      <c r="H34" s="11" t="s">
+      <c r="H34" s="49" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="35" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>179</v>
+    <row r="35" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="B35" s="35" t="s">
+        <v>177</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D35" s="9" t="s">
         <v>37</v>
       </c>
       <c r="E35" s="6">
         <v>2021</v>
       </c>
-      <c r="F35" s="40">
+      <c r="F35" s="37">
         <v>2022</v>
       </c>
-      <c r="G35" s="6" t="s">
+      <c r="G35" s="53" t="s">
         <v>19</v>
       </c>
-      <c r="H35" s="11" t="s">
+      <c r="H35" s="49" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="36" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="29" t="s">
+    <row r="36" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C36" s="6" t="s">
         <v>94</v>
       </c>
       <c r="D36" s="9" t="s">
         <v>38</v>
       </c>
       <c r="E36" s="6">
         <v>2021</v>
       </c>
-      <c r="F36" s="40">
+      <c r="F36" s="37">
         <v>2021</v>
       </c>
-      <c r="G36" s="6" t="s">
+      <c r="G36" s="53" t="s">
         <v>95</v>
       </c>
-      <c r="H36" s="11" t="s">
+      <c r="H36" s="49" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="37" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C37" s="26" t="s">
+    <row r="37" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="B37" s="33" t="s">
+        <v>168</v>
+      </c>
+      <c r="C37" s="23" t="s">
         <v>110</v>
       </c>
-      <c r="D37" s="27" t="s">
+      <c r="D37" s="24" t="s">
         <v>43</v>
       </c>
       <c r="E37" s="6">
         <v>2022</v>
       </c>
-      <c r="F37" s="40">
+      <c r="F37" s="37">
         <v>2029</v>
       </c>
-      <c r="G37" s="5" t="s">
+      <c r="G37" s="59" t="s">
         <v>145</v>
       </c>
-      <c r="H37" s="11" t="s">
+      <c r="H37" s="49" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="38" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="29" t="s">
+    <row r="38" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="C38" s="26" t="s">
+        <v>165</v>
+      </c>
+      <c r="C38" s="23" t="s">
         <v>16</v>
       </c>
-      <c r="D38" s="27" t="s">
+      <c r="D38" s="24" t="s">
         <v>43</v>
       </c>
       <c r="E38" s="6">
         <v>2022</v>
       </c>
-      <c r="F38" s="40">
+      <c r="F38" s="37">
         <v>2026</v>
       </c>
-      <c r="G38" s="6" t="s">
+      <c r="G38" s="53" t="s">
         <v>7</v>
       </c>
-      <c r="H38" s="11" t="s">
+      <c r="H38" s="49" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="39" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C39" s="26" t="s">
+    <row r="39" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="B39" s="33" t="s">
+        <v>186</v>
+      </c>
+      <c r="C39" s="23" t="s">
         <v>115</v>
       </c>
-      <c r="D39" s="27" t="s">
+      <c r="D39" s="24" t="s">
         <v>114</v>
       </c>
       <c r="E39" s="5">
         <v>2022</v>
       </c>
-      <c r="F39" s="41" t="s">
-[...3 lines deleted...]
-      <c r="H39" s="11" t="s">
+      <c r="F39" s="38" t="s">
+        <v>200</v>
+      </c>
+      <c r="G39" s="60" t="s">
+        <v>201</v>
+      </c>
+      <c r="H39" s="49" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="40" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="29" t="s">
+    <row r="40" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="D40" s="27" t="s">
+        <v>180</v>
+      </c>
+      <c r="D40" s="24" t="s">
         <v>140</v>
       </c>
       <c r="E40" s="6">
         <v>2022</v>
       </c>
-      <c r="F40" s="40">
+      <c r="F40" s="37">
         <v>2024</v>
       </c>
-      <c r="G40" s="6" t="s">
+      <c r="G40" s="53" t="s">
         <v>15</v>
       </c>
-      <c r="H40" s="11" t="s">
+      <c r="H40" s="49" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="41" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="29" t="s">
+    <row r="41" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="C41" s="26" t="s">
+        <v>187</v>
+      </c>
+      <c r="C41" s="23" t="s">
         <v>28</v>
       </c>
-      <c r="D41" s="27" t="s">
+      <c r="D41" s="24" t="s">
         <v>43</v>
       </c>
       <c r="E41" s="6">
         <v>2022</v>
       </c>
-      <c r="F41" s="40">
+      <c r="F41" s="37">
         <v>2024</v>
       </c>
-      <c r="G41" s="6" t="s">
+      <c r="G41" s="53" t="s">
         <v>6</v>
       </c>
-      <c r="H41" s="11" t="s">
+      <c r="H41" s="49" t="s">
         <v>137</v>
       </c>
     </row>
-    <row r="42" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="29" t="s">
+    <row r="42" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C42" s="10" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="D42" s="9" t="s">
         <v>44</v>
       </c>
       <c r="E42" s="6">
         <v>2022</v>
       </c>
-      <c r="F42" s="40">
+      <c r="F42" s="37">
         <v>2023</v>
       </c>
-      <c r="G42" s="6" t="s">
+      <c r="G42" s="53" t="s">
         <v>22</v>
       </c>
-      <c r="H42" s="11" t="s">
+      <c r="H42" s="49" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="43" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="29" t="s">
+    <row r="43" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C43" s="10" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D43" s="9" t="s">
         <v>44</v>
       </c>
       <c r="E43" s="6">
         <v>2022</v>
       </c>
-      <c r="F43" s="40">
+      <c r="F43" s="37">
         <v>2023</v>
       </c>
-      <c r="G43" s="6" t="s">
+      <c r="G43" s="53" t="s">
         <v>22</v>
       </c>
-      <c r="H43" s="11" t="s">
+      <c r="H43" s="49" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="44" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="29" t="s">
+    <row r="44" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="26" t="s">
         <v>2</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C44" s="6" t="s">
         <v>98</v>
       </c>
       <c r="D44" s="9" t="s">
         <v>42</v>
       </c>
       <c r="E44" s="6">
         <v>2022</v>
       </c>
-      <c r="F44" s="40">
+      <c r="F44" s="37">
         <v>2022</v>
       </c>
-      <c r="G44" s="6" t="s">
+      <c r="G44" s="53" t="s">
         <v>95</v>
       </c>
-      <c r="H44" s="11" t="s">
+      <c r="H44" s="49" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="45" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="29" t="str">
+    <row r="45" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="26" t="str">
         <f>A42</f>
         <v>Projet recherche</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C45" s="7" t="s">
         <v>100</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>38</v>
       </c>
       <c r="E45" s="6">
         <v>2022</v>
       </c>
-      <c r="F45" s="40">
+      <c r="F45" s="37">
         <v>2022</v>
       </c>
-      <c r="G45" s="6" t="s">
+      <c r="G45" s="53" t="s">
         <v>46</v>
       </c>
-      <c r="H45" s="11" t="s">
+      <c r="H45" s="49" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="46" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B46" s="36" t="s">
+    <row r="46" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="B46" s="33" t="s">
         <v>126</v>
       </c>
-      <c r="C46" s="26" t="s">
+      <c r="C46" s="23" t="s">
         <v>135</v>
       </c>
-      <c r="D46" s="27" t="s">
+      <c r="D46" s="24" t="s">
         <v>138</v>
       </c>
-      <c r="E46" s="30">
+      <c r="E46" s="27">
         <v>2023</v>
       </c>
-      <c r="F46" s="42">
+      <c r="F46" s="39">
         <v>2028</v>
       </c>
-      <c r="G46" s="5" t="s">
+      <c r="G46" s="59" t="s">
         <v>144</v>
       </c>
-      <c r="H46" s="11" t="s">
+      <c r="H46" s="49" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="47" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B47" s="36" t="s">
+    <row r="47" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="B47" s="33" t="s">
         <v>104</v>
       </c>
-      <c r="C47" s="26" t="s">
+      <c r="C47" s="23" t="s">
         <v>105</v>
       </c>
-      <c r="D47" s="27" t="s">
+      <c r="D47" s="24" t="s">
         <v>138</v>
       </c>
       <c r="E47" s="6">
         <v>2023</v>
       </c>
-      <c r="F47" s="40">
+      <c r="F47" s="37">
         <v>2027</v>
       </c>
-      <c r="G47" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H47" s="11" t="s">
+      <c r="G47" s="59" t="s">
+        <v>150</v>
+      </c>
+      <c r="H47" s="49" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="48" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D48" s="27" t="s">
+    <row r="48" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="B48" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="C48" s="23" t="s">
+        <v>147</v>
+      </c>
+      <c r="D48" s="24" t="s">
         <v>139</v>
       </c>
       <c r="E48" s="6">
         <v>2023</v>
       </c>
-      <c r="F48" s="42">
+      <c r="F48" s="39">
         <v>2026</v>
       </c>
-      <c r="G48" s="6" t="s">
+      <c r="G48" s="53" t="s">
         <v>15</v>
       </c>
-      <c r="H48" s="11" t="s">
+      <c r="H48" s="49" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="49" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B49" s="36" t="s">
+    <row r="49" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="B49" s="33" t="s">
         <v>123</v>
       </c>
-      <c r="C49" s="33" t="s">
+      <c r="C49" s="30" t="s">
         <v>122</v>
       </c>
-      <c r="D49" s="27" t="s">
+      <c r="D49" s="24" t="s">
         <v>142</v>
       </c>
       <c r="E49" s="5">
         <v>2023</v>
       </c>
-      <c r="F49" s="41">
+      <c r="F49" s="38">
         <v>2026</v>
       </c>
-      <c r="G49" s="30" t="s">
+      <c r="G49" s="61" t="s">
         <v>7</v>
       </c>
-      <c r="H49" s="11" t="s">
+      <c r="H49" s="49" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="50" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C50" s="26" t="s">
+    <row r="50" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="B50" s="35" t="s">
+        <v>178</v>
+      </c>
+      <c r="C50" s="23" t="s">
         <v>118</v>
       </c>
-      <c r="D50" s="27" t="s">
+      <c r="D50" s="24" t="s">
         <v>141</v>
       </c>
       <c r="E50" s="6">
         <v>2023</v>
       </c>
-      <c r="F50" s="40">
+      <c r="F50" s="37">
         <v>2025</v>
       </c>
-      <c r="G50" s="6" t="s">
+      <c r="G50" s="53" t="s">
         <v>117</v>
       </c>
-      <c r="H50" s="11" t="s">
+      <c r="H50" s="49" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="51" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B51" s="36" t="s">
+    <row r="51" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="B51" s="33" t="s">
         <v>125</v>
       </c>
-      <c r="C51" s="33" t="s">
+      <c r="C51" s="30" t="s">
         <v>124</v>
       </c>
-      <c r="D51" s="27" t="s">
+      <c r="D51" s="24" t="s">
         <v>138</v>
       </c>
       <c r="E51" s="5">
         <v>2023</v>
       </c>
-      <c r="F51" s="41">
+      <c r="F51" s="38">
         <v>2025</v>
       </c>
-      <c r="G51" s="5" t="s">
+      <c r="G51" s="59" t="s">
         <v>7</v>
       </c>
-      <c r="H51" s="11" t="s">
+      <c r="H51" s="49" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="52" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C52" s="26" t="s">
+    <row r="52" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="B52" s="33" t="s">
+        <v>166</v>
+      </c>
+      <c r="C52" s="23" t="s">
         <v>106</v>
       </c>
-      <c r="D52" s="27" t="s">
+      <c r="D52" s="24" t="s">
         <v>43</v>
       </c>
       <c r="E52" s="6">
         <v>2023</v>
       </c>
-      <c r="F52" s="40">
+      <c r="F52" s="37">
         <v>2024</v>
       </c>
-      <c r="G52" s="6" t="s">
+      <c r="G52" s="53" t="s">
         <v>107</v>
       </c>
-      <c r="H52" s="11" t="s">
+      <c r="H52" s="49" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="53" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>155</v>
+    <row r="53" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="B53" s="33" t="s">
+        <v>153</v>
       </c>
       <c r="C53" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="D53" s="34"/>
+      <c r="D53" s="31"/>
       <c r="E53" s="6">
         <v>2023</v>
       </c>
-      <c r="F53" s="40">
+      <c r="F53" s="37">
         <v>2023</v>
       </c>
-      <c r="G53" s="6" t="s">
+      <c r="G53" s="53" t="s">
         <v>103</v>
       </c>
-      <c r="H53" s="11" t="s">
+      <c r="H53" s="49" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="54" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>190</v>
+    <row r="54" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="B54" s="36" t="s">
+        <v>202</v>
       </c>
       <c r="C54" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="D54" s="24" t="s">
+        <v>141</v>
+      </c>
+      <c r="E54" s="27">
+        <v>2024</v>
+      </c>
+      <c r="F54" s="38">
+        <v>2029</v>
+      </c>
+      <c r="G54" s="62" t="s">
         <v>146</v>
       </c>
-      <c r="D54" s="27" t="s">
-[...19 lines deleted...]
-      <c r="B55" s="36" t="s">
+      <c r="H54" s="49" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="B55" s="33" t="s">
         <v>108</v>
       </c>
-      <c r="C55" s="26" t="s">
+      <c r="C55" s="23" t="s">
         <v>111</v>
       </c>
-      <c r="D55" s="27" t="s">
+      <c r="D55" s="24" t="s">
         <v>139</v>
       </c>
       <c r="E55" s="6">
         <v>2024</v>
       </c>
-      <c r="F55" s="40">
+      <c r="F55" s="37">
         <v>2028</v>
       </c>
-      <c r="G55" s="51" t="s">
+      <c r="G55" s="63" t="s">
         <v>109</v>
       </c>
-      <c r="H55" s="11" t="s">
+      <c r="H55" s="49" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="56" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B56" s="36" t="s">
+    <row r="56" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="B56" s="33" t="s">
+        <v>170</v>
+      </c>
+      <c r="C56" s="30" t="s">
+        <v>136</v>
+      </c>
+      <c r="D56" s="24" t="s">
+        <v>140</v>
+      </c>
+      <c r="E56" s="27">
+        <v>2024</v>
+      </c>
+      <c r="F56" s="39">
+        <v>2028</v>
+      </c>
+      <c r="G56" s="61" t="s">
+        <v>127</v>
+      </c>
+      <c r="H56" s="49" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="B57" s="33" t="s">
         <v>172</v>
       </c>
-      <c r="C56" s="33" t="s">
-[...2 lines deleted...]
-      <c r="D56" s="27" t="s">
+      <c r="C57" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="D57" s="24" t="s">
         <v>140</v>
       </c>
-      <c r="E56" s="30">
+      <c r="E57" s="27">
         <v>2024</v>
       </c>
-      <c r="F56" s="42">
+      <c r="F57" s="39">
         <v>2028</v>
       </c>
-      <c r="G56" s="30" t="s">
-[...2 lines deleted...]
-      <c r="H56" s="11" t="s">
+      <c r="G57" s="61" t="s">
+        <v>128</v>
+      </c>
+      <c r="H57" s="49" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="57" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-[...29 lines deleted...]
-      <c r="B58" s="39" t="s">
+    <row r="58" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="B58" s="36" t="s">
         <v>132</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>133</v>
       </c>
-      <c r="D58" s="27" t="s">
+      <c r="D58" s="24" t="s">
         <v>140</v>
       </c>
-      <c r="E58" s="30">
+      <c r="E58" s="27">
         <v>2024</v>
       </c>
-      <c r="F58" s="42">
+      <c r="F58" s="39">
         <v>2027</v>
       </c>
-      <c r="G58" s="30" t="s">
+      <c r="G58" s="61" t="s">
         <v>7</v>
       </c>
-      <c r="H58" s="11" t="s">
+      <c r="H58" s="49" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="59" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C59" s="26" t="s">
+    <row r="59" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="B59" s="33" t="s">
+        <v>182</v>
+      </c>
+      <c r="C59" s="23" t="s">
         <v>116</v>
       </c>
-      <c r="D59" s="27" t="s">
+      <c r="D59" s="24" t="s">
         <v>139</v>
       </c>
       <c r="E59" s="6">
         <v>2024</v>
       </c>
-      <c r="F59" s="40">
+      <c r="F59" s="37">
         <v>2025</v>
       </c>
-      <c r="G59" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H59" s="11" t="s">
+      <c r="G59" s="59" t="s">
+        <v>149</v>
+      </c>
+      <c r="H59" s="49" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="60" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B60" s="36" t="s">
+    <row r="60" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="B60" s="33" t="s">
         <v>120</v>
       </c>
-      <c r="C60" s="26" t="s">
+      <c r="C60" s="23" t="s">
         <v>119</v>
       </c>
-      <c r="D60" s="27" t="s">
+      <c r="D60" s="24" t="s">
         <v>143</v>
       </c>
       <c r="E60" s="5">
         <v>2024</v>
       </c>
-      <c r="F60" s="41">
+      <c r="F60" s="38">
         <v>2024</v>
       </c>
-      <c r="G60" s="60" t="s">
+      <c r="G60" s="62" t="s">
         <v>121</v>
       </c>
-      <c r="H60" s="11" t="s">
+      <c r="H60" s="49" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="61" spans="1:8" s="20" customFormat="1" ht="70.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B61" s="56" t="s">
+    <row r="61" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="B61" s="33" t="s">
         <v>112</v>
       </c>
-      <c r="C61" s="44" t="s">
+      <c r="C61" s="23" t="s">
         <v>113</v>
       </c>
-      <c r="D61" s="45" t="s">
+      <c r="D61" s="24" t="s">
         <v>140</v>
       </c>
-      <c r="E61" s="47">
+      <c r="E61" s="6">
         <v>2024</v>
       </c>
-      <c r="F61" s="49">
+      <c r="F61" s="37">
         <v>2024</v>
       </c>
       <c r="G61" s="59" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="H61" s="53" t="s">
+        <v>148</v>
+      </c>
+      <c r="H61" s="68" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="62" spans="1:8" s="20" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="F63" s="23"/>
+    <row r="62" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="B62" s="36" t="s">
+        <v>205</v>
+      </c>
+      <c r="C62" s="66" t="s">
+        <v>209</v>
+      </c>
+      <c r="D62" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="E62" s="27">
+        <v>2025</v>
+      </c>
+      <c r="F62" s="71">
+        <v>2028</v>
+      </c>
+      <c r="G62" s="69" t="s">
+        <v>213</v>
+      </c>
+      <c r="H62" s="68" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="B63" s="36" t="s">
+        <v>206</v>
+      </c>
+      <c r="C63" s="66" t="s">
+        <v>210</v>
+      </c>
+      <c r="D63" s="24" t="s">
+        <v>45</v>
+      </c>
+      <c r="E63" s="27">
+        <v>2025</v>
+      </c>
+      <c r="F63" s="71">
+        <v>2027</v>
+      </c>
+      <c r="G63" s="69" t="s">
+        <v>215</v>
+      </c>
+      <c r="H63" s="68" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="B64" s="36" t="s">
+        <v>207</v>
+      </c>
+      <c r="C64" s="66" t="s">
+        <v>211</v>
+      </c>
+      <c r="D64" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="E64" s="27">
+        <v>2026</v>
+      </c>
+      <c r="F64" s="71">
+        <v>2030</v>
+      </c>
+      <c r="G64" s="69" t="s">
+        <v>7</v>
+      </c>
+      <c r="H64" s="68" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8" s="17" customFormat="1" ht="70.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="44" t="s">
+        <v>2</v>
+      </c>
+      <c r="B65" s="65" t="s">
+        <v>208</v>
+      </c>
+      <c r="C65" s="67" t="s">
+        <v>212</v>
+      </c>
+      <c r="D65" s="41" t="s">
+        <v>140</v>
+      </c>
+      <c r="E65" s="72">
+        <v>2026</v>
+      </c>
+      <c r="F65" s="73">
+        <v>2029</v>
+      </c>
+      <c r="G65" s="64" t="s">
+        <v>216</v>
+      </c>
+      <c r="H65" s="70" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" s="17" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A66" s="20"/>
+      <c r="B66" s="21"/>
+      <c r="C66" s="20"/>
+      <c r="D66" s="20"/>
+      <c r="E66" s="20"/>
+      <c r="F66" s="20"/>
+    </row>
+    <row r="67" spans="1:8" s="17" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A67" s="20"/>
+      <c r="B67" s="21"/>
+      <c r="C67" s="20"/>
+      <c r="D67" s="20"/>
+      <c r="E67" s="20"/>
+      <c r="F67" s="20"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:H24" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:H63">
-    <sortCondition ref="E1:E63"/>
+  <sortState ref="A2:H67">
+    <sortCondition ref="E1:E67"/>
   </sortState>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D25:D37" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.55118110236220474" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="17" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>