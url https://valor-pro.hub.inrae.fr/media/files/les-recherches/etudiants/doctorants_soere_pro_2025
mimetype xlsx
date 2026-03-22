--- v0 (2025-10-15)
+++ v1 (2026-03-22)
@@ -1,84 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cmontagnier\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cmontagnier\Documents\ECOSYS Saclay\SOERE PRO\Site web ValorPRO (EZ PLATFORM)\Mises à jour\SOERE PRO\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EFBB3F8C-51F3-4B0F-95E6-43D05D32CFB9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9BC541FD-2C32-4A61-A728-0BCFE3472904}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11505" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Doctorants MAJ2025 " sheetId="7" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Doctorants MAJ2025 '!$A$1:$G$42</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Doctorants MAJ2025 '!$A$1:$G$45</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
-    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
-[...7 lines deleted...]
-    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="196" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="211" uniqueCount="125">
   <si>
     <t>Objet</t>
   </si>
   <si>
     <t>Site(s) du SOERE PRO</t>
   </si>
   <si>
     <t>QualiAgro</t>
   </si>
   <si>
     <t>EFELE</t>
   </si>
   <si>
     <t>Réunion</t>
   </si>
   <si>
     <t>Nouzilly</t>
   </si>
   <si>
     <t xml:space="preserve">KPEMOUA Israël </t>
   </si>
   <si>
     <t>Persistance et vulnérabilité du Carbone nouvellement stocké dans les sols agricoles</t>
   </si>
   <si>
@@ -195,53 +186,50 @@
   <si>
     <t>PROspective, Reunion</t>
   </si>
   <si>
     <t xml:space="preserve">WARRINNIER Ruben </t>
   </si>
   <si>
     <t>Impact of organic matter application on P leachig in soils</t>
   </si>
   <si>
     <t>ABIS Letizia</t>
   </si>
   <si>
     <t>LAURENT Céline</t>
   </si>
   <si>
     <t>Couhins</t>
   </si>
   <si>
     <t>Impact de la dégradation de la matière organique sur l’évolution de la dynamique des éléments traces métalliques dans les sols agricoles</t>
   </si>
   <si>
     <t xml:space="preserve">MORA-SALGUERO Daniela </t>
   </si>
   <si>
-    <t xml:space="preserve">APREZA Héctor Saúl </t>
-[...1 lines deleted...]
-  <si>
     <t>LA REUNION</t>
   </si>
   <si>
     <t>SPAUDO Antoine</t>
   </si>
   <si>
     <t>Évaluation des risques de transfert sol-plante et d'écotoxicité terrestre liés à la présence de contaminants traces organiques dans les sols agricoles recevant des apports de produits résiduaires organiques en contexte tropical</t>
   </si>
   <si>
     <t>Télédétection des épandages de produits résiduaires organiques : contribution des séries Sentinel-2 et 1</t>
   </si>
   <si>
     <t>Émissions de gaz à effet de serre et flux de carbone du sol associés aux mélanges de résidus de récolte et de produits résiduaires organiques dans la culture de la canne à sucre</t>
   </si>
   <si>
     <t>Étude de l’effet des épandages avec des produits résiduaires organiques (PROs) et de la diversité microbienne sur les émissions des composés organiques volatiles (COVs) par les sols</t>
   </si>
   <si>
     <t>Biodisponibilité du cuivre et du zinc pour les plantes et les vers de terre : interactions entre les effets de fertilisants organiques sur le long-terme et des organismes sur l'évolution des propriétés physico-chimiques du sol</t>
   </si>
   <si>
     <t>Impact des digestats de méthanisation sur la qualité microbiologique des sols agricoles</t>
   </si>
   <si>
     <t>Eléments Traces Métalliques</t>
@@ -388,57 +376,81 @@
     <t>Effet de l’apport de composts sur la dynamique hydrique du sol, la disponibilité de l’azote pour la culture et le lessivage du nitrate : cas d’un sol limoneux du bassin Parisien</t>
   </si>
   <si>
     <t>Amélioration de la valorisation agricole des déchets urbains après compostage : influence de la nature et des proportions des substrats initiaux sur les valeurs amendante et fertilisante des composts</t>
   </si>
   <si>
     <t>Potentialité de stockage de C dans les sols par apport de matières organiques exogènes</t>
   </si>
   <si>
     <t>Stabilisation de la structure d’un sol limoneux par des apports de composts d’origine urbaine : relation avec les caractéristiques de leur matière organique</t>
   </si>
   <si>
     <t>Colmar</t>
   </si>
   <si>
     <t>Gampela</t>
   </si>
   <si>
     <t>Nom Prénom</t>
   </si>
   <si>
     <t>Thématique</t>
   </si>
   <si>
     <t>Thème ValOr PRO</t>
+  </si>
+  <si>
+    <t>APREZ ARRIETA Hector</t>
+  </si>
+  <si>
+    <t>MONGIN Thomas</t>
+  </si>
+  <si>
+    <t>Processus biogéochimiques déterminant la rétention du carbone dans les sols dans le contexte de la transition agroécologique et le changement climatique</t>
+  </si>
+  <si>
+    <t>BLANCHARD Adrien</t>
+  </si>
+  <si>
+    <t>Effets écotoxicologiques et conséquences écologiques des microplastiques sur le fonctionnement des sols</t>
+  </si>
+  <si>
+    <t>CHENERIE Florent</t>
+  </si>
+  <si>
+    <t>Apports répétés de PRO en agriculture : comment concilier stockage de carbone organique dans les sols et fourniture d’azote aux cultures. Encadrement F. Levavasseur (INRAE Ecosys)</t>
+  </si>
+  <si>
+    <t>QualiAgro, PROspective, EFELE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -483,72 +495,86 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="21"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color rgb="FF00B050"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="16">
+  <borders count="19">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -725,55 +751,100 @@
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="double">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="double">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="double">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="63">
+  <cellXfs count="76">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -914,50 +985,89 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
@@ -1206,984 +1316,1055 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4271C355-942F-4A5B-B598-342F62D3BE87}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G44"/>
+  <dimension ref="A1:J47"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="67" zoomScaleNormal="67" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="18.75" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="18.28515625" style="5" customWidth="1"/>
     <col min="2" max="2" width="30" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="24.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="48.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="139.7109375" style="15" customWidth="1"/>
-    <col min="6" max="6" width="45.42578125" style="6" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="50.140625" style="6" customWidth="1"/>
     <col min="7" max="7" width="43.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="9" customFormat="1" ht="71.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:10" s="9" customFormat="1" ht="71.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="58" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="59" t="s">
         <v>23</v>
       </c>
       <c r="C1" s="59" t="s">
         <v>24</v>
       </c>
       <c r="D1" s="60" t="s">
+        <v>114</v>
+      </c>
+      <c r="E1" s="61" t="s">
         <v>115</v>
       </c>
-      <c r="E1" s="61" t="s">
+      <c r="F1" s="60" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="G1" s="62" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:7" s="9" customFormat="1" ht="64.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B2" s="53">
+    <row r="2" spans="1:10" s="4" customFormat="1" ht="62.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="74" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" s="70">
+        <v>2025</v>
+      </c>
+      <c r="C2" s="70">
+        <v>2028</v>
+      </c>
+      <c r="D2" s="71" t="s">
+        <v>122</v>
+      </c>
+      <c r="E2" s="72" t="s">
+        <v>123</v>
+      </c>
+      <c r="F2" s="73" t="s">
+        <v>31</v>
+      </c>
+      <c r="G2" s="75" t="s">
+        <v>124</v>
+      </c>
+      <c r="J2" s="63"/>
+    </row>
+    <row r="3" spans="1:10" s="9" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="52" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" s="65">
         <v>2024</v>
       </c>
-      <c r="C2" s="53">
+      <c r="C3" s="65">
         <v>2027</v>
       </c>
-      <c r="D2" s="54" t="s">
+      <c r="D3" s="66" t="s">
+        <v>118</v>
+      </c>
+      <c r="E3" s="67" t="s">
+        <v>119</v>
+      </c>
+      <c r="F3" s="68" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" s="69" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" s="9" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="52" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" s="53">
+        <v>2024</v>
+      </c>
+      <c r="C4" s="53">
+        <v>2027</v>
+      </c>
+      <c r="D4" s="54" t="s">
+        <v>117</v>
+      </c>
+      <c r="E4" s="55" t="s">
+        <v>51</v>
+      </c>
+      <c r="F4" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="G4" s="57" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" s="9" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="39" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" s="17">
+        <v>2023</v>
+      </c>
+      <c r="C5" s="17">
+        <v>2026</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" s="22" t="s">
+        <v>55</v>
+      </c>
+      <c r="F5" s="23" t="s">
+        <v>30</v>
+      </c>
+      <c r="G5" s="40" t="s">
         <v>53</v>
       </c>
-      <c r="E2" s="55" t="s">
-[...79 lines deleted...]
-      <c r="A6" s="37" t="s">
+    </row>
+    <row r="6" spans="1:10" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="39" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="16">
         <v>2022</v>
       </c>
       <c r="C6" s="16">
+        <v>2026</v>
+      </c>
+      <c r="D6" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="E6" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="F6" s="64" t="s">
+        <v>30</v>
+      </c>
+      <c r="G6" s="40" t="s">
+        <v>2</v>
+      </c>
+      <c r="J6" s="63"/>
+    </row>
+    <row r="7" spans="1:10" s="9" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B7" s="16">
+        <v>2022</v>
+      </c>
+      <c r="C7" s="18">
+        <v>2025</v>
+      </c>
+      <c r="D7" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="F7" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="G7" s="38" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" s="9" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B8" s="16">
+        <v>2021</v>
+      </c>
+      <c r="C8" s="18">
         <v>2024</v>
       </c>
-      <c r="D6" s="12" t="s">
+      <c r="D8" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="G8" s="38" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" s="9" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B9" s="16">
+        <v>2022</v>
+      </c>
+      <c r="C9" s="16">
+        <v>2024</v>
+      </c>
+      <c r="D9" s="12" t="s">
         <v>52</v>
       </c>
-      <c r="E6" s="19" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="24" t="s">
+      <c r="E9" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="F9" s="24" t="s">
         <v>26</v>
       </c>
-      <c r="G6" s="38" t="s">
+      <c r="G9" s="38" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:7" s="9" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B7" s="16">
+    <row r="10" spans="1:10" s="9" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="16">
         <v>2021</v>
       </c>
-      <c r="C7" s="18">
+      <c r="C10" s="18">
         <v>2024</v>
       </c>
-      <c r="D7" s="10" t="s">
+      <c r="D10" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="E7" s="18" t="s">
+      <c r="E10" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="F7" s="24" t="s">
+      <c r="F10" s="24" t="s">
         <v>35</v>
       </c>
-      <c r="G7" s="38" t="s">
+      <c r="G10" s="38" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="8" spans="1:7" s="9" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B8" s="16">
+    <row r="11" spans="1:10" s="9" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B11" s="16">
         <v>2022</v>
-      </c>
-[...67 lines deleted...]
-        <v>2020</v>
       </c>
       <c r="C11" s="18">
         <v>2023</v>
       </c>
       <c r="D11" s="10" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E11" s="18" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F11" s="24" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G11" s="38" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="12" spans="1:7" s="2" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:10" s="2" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="37" t="s">
         <v>13</v>
       </c>
       <c r="B12" s="16">
+        <v>2019</v>
+      </c>
+      <c r="C12" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D12" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="E12" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="F12" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="G12" s="38" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" s="2" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" s="16">
         <v>2020</v>
       </c>
-      <c r="C12" s="16">
+      <c r="C13" s="16">
         <v>2023</v>
       </c>
-      <c r="D12" s="12" t="s">
+      <c r="D13" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="F13" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="G13" s="38" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" s="2" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B14" s="16">
+        <v>2020</v>
+      </c>
+      <c r="C14" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D14" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="E14" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="F14" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="G14" s="38" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" s="2" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B15" s="16">
+        <v>2020</v>
+      </c>
+      <c r="C15" s="16">
+        <v>2023</v>
+      </c>
+      <c r="D15" s="12" t="s">
         <v>34</v>
       </c>
-      <c r="E12" s="19" t="s">
-[...2 lines deleted...]
-      <c r="F12" s="24" t="s">
+      <c r="E15" s="19" t="s">
+        <v>56</v>
+      </c>
+      <c r="F15" s="24" t="s">
         <v>33</v>
       </c>
-      <c r="G12" s="38" t="s">
+      <c r="G15" s="38" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="13" spans="1:7" s="4" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
-[...68 lines deleted...]
-    <row r="16" spans="1:7" s="4" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:10" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="37" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="16">
         <v>2018</v>
       </c>
       <c r="C16" s="18">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="D16" s="10" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E16" s="18" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="F16" s="24" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="G16" s="38" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:7" s="4" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="37" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="16">
         <v>2018</v>
       </c>
       <c r="C17" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D17" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E17" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="F17" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="G17" s="38" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B18" s="16">
+        <v>2018</v>
+      </c>
+      <c r="C18" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D18" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="G18" s="38" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B19" s="16">
+        <v>2018</v>
+      </c>
+      <c r="C19" s="18">
         <v>2020</v>
       </c>
-      <c r="D17" s="10" t="s">
+      <c r="D19" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E19" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="F19" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="G19" s="38" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B20" s="16">
+        <v>2018</v>
+      </c>
+      <c r="C20" s="18">
+        <v>2020</v>
+      </c>
+      <c r="D20" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="E17" s="18" t="s">
+      <c r="E20" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="F17" s="24" t="s">
+      <c r="F20" s="24" t="s">
         <v>27</v>
       </c>
-      <c r="G17" s="38" t="s">
+      <c r="G20" s="38" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="18" spans="1:7" s="4" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B18" s="16">
+    <row r="21" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B21" s="16">
         <v>2016</v>
       </c>
-      <c r="C18" s="19">
+      <c r="C21" s="19">
         <v>2019</v>
       </c>
-      <c r="D18" s="13" t="s">
+      <c r="D21" s="13" t="s">
         <v>36</v>
       </c>
-      <c r="E18" s="25" t="s">
+      <c r="E21" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="F21" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="G21" s="41" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B22" s="16">
+        <v>2016</v>
+      </c>
+      <c r="C22" s="19">
+        <v>2019</v>
+      </c>
+      <c r="D22" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="E22" s="25" t="s">
         <v>58</v>
       </c>
-      <c r="F18" s="24" t="s">
-[...2 lines deleted...]
-      <c r="G18" s="41" t="s">
+      <c r="F22" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="G22" s="41" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B23" s="16">
+        <v>2016</v>
+      </c>
+      <c r="C23" s="19">
+        <v>2019</v>
+      </c>
+      <c r="D23" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="E23" s="25" t="s">
+        <v>59</v>
+      </c>
+      <c r="F23" s="24" t="s">
+        <v>61</v>
+      </c>
+      <c r="G23" s="41" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="19" spans="1:7" s="4" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
-[...102 lines deleted...]
-    <row r="24" spans="1:7" s="4" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="37" t="s">
         <v>13</v>
       </c>
       <c r="B24" s="20"/>
       <c r="C24" s="29">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="D24" s="28" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="E24" s="26" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="F24" s="30"/>
+        <v>63</v>
+      </c>
+      <c r="F24" s="27"/>
       <c r="G24" s="40" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="25" spans="1:7" s="4" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="37" t="s">
         <v>13</v>
       </c>
       <c r="B25" s="20"/>
       <c r="C25" s="29">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="D25" s="28" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="E25" s="26" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="F25" s="8"/>
+        <v>69</v>
+      </c>
+      <c r="F25" s="30"/>
       <c r="G25" s="40" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:7" s="4" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="37" t="s">
         <v>13</v>
       </c>
       <c r="B26" s="20"/>
       <c r="C26" s="29">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="D26" s="28" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="E26" s="26" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="F26" s="8"/>
+        <v>66</v>
+      </c>
+      <c r="F26" s="30"/>
       <c r="G26" s="40" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:7" s="4" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="37" t="s">
         <v>13</v>
       </c>
       <c r="B27" s="20"/>
       <c r="C27" s="29">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="D27" s="28" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="E27" s="26" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="F27" s="8"/>
+        <v>70</v>
+      </c>
+      <c r="F27" s="30"/>
       <c r="G27" s="40" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="28" spans="1:7" s="4" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="37" t="s">
         <v>13</v>
       </c>
       <c r="B28" s="20"/>
       <c r="C28" s="29">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="D28" s="28" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="E28" s="26" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="F28" s="8"/>
       <c r="G28" s="40" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:7" s="4" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="37" t="s">
         <v>13</v>
       </c>
       <c r="B29" s="20"/>
       <c r="C29" s="29">
         <v>2016</v>
       </c>
       <c r="D29" s="28" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="E29" s="26" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="F29" s="8"/>
       <c r="G29" s="40" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="30" spans="1:7" s="4" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="37" t="s">
         <v>13</v>
       </c>
       <c r="B30" s="20"/>
       <c r="C30" s="29">
         <v>2016</v>
       </c>
       <c r="D30" s="28" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="E30" s="26" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="F30" s="8"/>
       <c r="G30" s="40" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:7" s="4" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="37" t="s">
         <v>13</v>
       </c>
       <c r="B31" s="20"/>
       <c r="C31" s="29">
         <v>2016</v>
       </c>
       <c r="D31" s="28" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="E31" s="26" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="F31" s="8"/>
       <c r="G31" s="40" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:7" s="4" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="37" t="s">
         <v>13</v>
       </c>
       <c r="B32" s="20"/>
       <c r="C32" s="29">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="D32" s="28" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="E32" s="26" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="F32" s="8"/>
       <c r="G32" s="40" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="33" spans="1:7" s="4" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="37" t="s">
         <v>13</v>
       </c>
       <c r="B33" s="20"/>
       <c r="C33" s="29">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="D33" s="28" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="E33" s="26" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="F33" s="8"/>
-      <c r="G33" s="42"/>
-[...1 lines deleted...]
-    <row r="34" spans="1:7" s="4" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G33" s="40" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="37" t="s">
         <v>13</v>
       </c>
       <c r="B34" s="20"/>
       <c r="C34" s="29">
+        <v>2016</v>
+      </c>
+      <c r="D34" s="28" t="s">
+        <v>84</v>
+      </c>
+      <c r="E34" s="26" t="s">
+        <v>85</v>
+      </c>
+      <c r="F34" s="8"/>
+      <c r="G34" s="40" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" s="4" customFormat="1" ht="81" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B35" s="20"/>
+      <c r="C35" s="29">
+        <v>2015</v>
+      </c>
+      <c r="D35" s="28" t="s">
+        <v>86</v>
+      </c>
+      <c r="E35" s="26" t="s">
+        <v>87</v>
+      </c>
+      <c r="F35" s="8"/>
+      <c r="G35" s="40" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B36" s="20"/>
+      <c r="C36" s="29">
+        <v>2015</v>
+      </c>
+      <c r="D36" s="28" t="s">
+        <v>88</v>
+      </c>
+      <c r="E36" s="26" t="s">
+        <v>89</v>
+      </c>
+      <c r="F36" s="8"/>
+      <c r="G36" s="42"/>
+    </row>
+    <row r="37" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B37" s="20"/>
+      <c r="C37" s="29">
         <v>2014</v>
       </c>
-      <c r="D34" s="28" t="s">
+      <c r="D37" s="28" t="s">
+        <v>90</v>
+      </c>
+      <c r="E37" s="26" t="s">
         <v>91</v>
       </c>
-      <c r="E34" s="26" t="s">
+      <c r="F37" s="8"/>
+      <c r="G37" s="42"/>
+    </row>
+    <row r="38" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="43" t="s">
+        <v>13</v>
+      </c>
+      <c r="B38" s="31"/>
+      <c r="C38" s="32">
+        <v>2014</v>
+      </c>
+      <c r="D38" s="33" t="s">
         <v>92</v>
       </c>
-      <c r="F34" s="8"/>
-[...10 lines deleted...]
-      <c r="D35" s="33" t="s">
+      <c r="E38" s="34" t="s">
         <v>93</v>
       </c>
-      <c r="E35" s="34" t="s">
-[...3 lines deleted...]
-      <c r="G35" s="44" t="s">
+      <c r="F38" s="35"/>
+      <c r="G38" s="44" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="36" spans="1:7" s="4" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
-[...56 lines deleted...]
-    <row r="39" spans="1:7" s="4" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="37" t="s">
         <v>13</v>
       </c>
       <c r="B39" s="20"/>
       <c r="C39" s="36">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="D39" s="13" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="E39" s="21" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="F39" s="8"/>
       <c r="G39" s="41" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="40" spans="1:7" s="4" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="37" t="s">
         <v>13</v>
       </c>
       <c r="B40" s="20"/>
       <c r="C40" s="36">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="D40" s="13" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="E40" s="21" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="F40" s="8"/>
       <c r="G40" s="41" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:7" s="4" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="37" t="s">
         <v>13</v>
       </c>
       <c r="B41" s="20"/>
       <c r="C41" s="36">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="D41" s="13" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="E41" s="21" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="F41" s="8"/>
       <c r="G41" s="41" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:7" s="7" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="37" t="s">
         <v>13</v>
       </c>
       <c r="B42" s="20"/>
       <c r="C42" s="36">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="D42" s="13" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="E42" s="21" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="F42" s="8"/>
       <c r="G42" s="41" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:7" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="37" t="s">
         <v>13</v>
       </c>
       <c r="B43" s="20"/>
       <c r="C43" s="36">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="D43" s="13" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="E43" s="21" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="F43" s="8"/>
       <c r="G43" s="41" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" s="4" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B44" s="20"/>
+      <c r="C44" s="36">
+        <v>2010</v>
+      </c>
+      <c r="D44" s="13" t="s">
+        <v>99</v>
+      </c>
+      <c r="E44" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="F44" s="8"/>
+      <c r="G44" s="41" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="44" spans="1:7" ht="64.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="C44" s="47">
+    <row r="45" spans="1:7" s="7" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B45" s="20"/>
+      <c r="C45" s="36">
+        <v>2010</v>
+      </c>
+      <c r="D45" s="13" t="s">
+        <v>100</v>
+      </c>
+      <c r="E45" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="F45" s="8"/>
+      <c r="G45" s="41" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B46" s="20"/>
+      <c r="C46" s="36">
+        <v>2010</v>
+      </c>
+      <c r="D46" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="E46" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="F46" s="8"/>
+      <c r="G46" s="41" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" ht="62.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="45" t="s">
+        <v>13</v>
+      </c>
+      <c r="B47" s="46"/>
+      <c r="C47" s="47">
         <v>2005</v>
       </c>
-      <c r="D44" s="48" t="s">
-[...6 lines deleted...]
-      <c r="G44" s="51" t="s">
+      <c r="D47" s="48" t="s">
+        <v>102</v>
+      </c>
+      <c r="E47" s="49" t="s">
+        <v>111</v>
+      </c>
+      <c r="F47" s="50"/>
+      <c r="G47" s="51" t="s">
         <v>2</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:G42" xr:uid="{4271C355-942F-4A5B-B598-342F62D3BE87}"/>
-[...1 lines deleted...]
-    <sortCondition descending="1" ref="C1:C45"/>
+  <autoFilter ref="A1:G45" xr:uid="{4271C355-942F-4A5B-B598-342F62D3BE87}"/>
+  <sortState ref="A1:G48">
+    <sortCondition descending="1" ref="C1:C48"/>
   </sortState>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F9:F12" xr:uid="{00000000-0002-0000-0000-000000000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F12:F15" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="27" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>